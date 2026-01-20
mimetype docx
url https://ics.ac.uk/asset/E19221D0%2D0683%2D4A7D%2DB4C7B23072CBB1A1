--- v0 (2025-10-09)
+++ v1 (2026-01-20)
@@ -151,98 +151,90 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B12078">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0114F337" w14:textId="77777777" w:rsidR="00DF401E" w:rsidRPr="00B12078" w:rsidRDefault="00DF401E" w:rsidP="00DF401E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC335E9" w14:textId="1972B47B" w:rsidR="00DF401E" w:rsidRPr="00B12078" w:rsidRDefault="00DF401E" w:rsidP="00DF401E">
+    <w:p w14:paraId="1BC335E9" w14:textId="3E8397D0" w:rsidR="00DF401E" w:rsidRPr="00B12078" w:rsidRDefault="00DF401E" w:rsidP="00DF401E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12078">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">CLOSING DATE: </w:t>
       </w:r>
-      <w:r w:rsidR="001B59C3">
+      <w:r w:rsidR="00162260">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Friday 23</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0054138E">
+        <w:t>Monday 16 February</w:t>
+      </w:r>
+      <w:r w:rsidR="00411DA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>January 202</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="001B59C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7F693" w14:textId="77777777" w:rsidR="00DF401E" w:rsidRPr="00B12078" w:rsidRDefault="00DF401E" w:rsidP="00DF401E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12078">
@@ -2143,65 +2135,65 @@
     <w:p w14:paraId="721D5FD1" w14:textId="47993582" w:rsidR="00CC321B" w:rsidRPr="00B12078" w:rsidRDefault="00CC321B" w:rsidP="00A31D6E">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CC321B" w:rsidRPr="00B12078" w:rsidSect="00B12078">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="1701" w:footer="284" w:gutter="0"/>
       <w:paperSrc w:first="4" w:other="4"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33841F46" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0" w:rsidP="00D04E49">
+    <w:p w14:paraId="23555C86" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547" w:rsidP="00D04E49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09239A58" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0" w:rsidP="00D04E49">
+    <w:p w14:paraId="3E570944" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547" w:rsidP="00D04E49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29ABE7C2" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0">
+    <w:p w14:paraId="4AD483B3" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2387,65 +2379,65 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3245" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="31766E8F" w14:textId="54836F07" w:rsidR="0BB704C5" w:rsidRDefault="0BB704C5" w:rsidP="0BB704C5">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0C5B69E6" w14:textId="32F81D29" w:rsidR="0BB704C5" w:rsidRDefault="0BB704C5" w:rsidP="0BB704C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="174F06BF" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0" w:rsidP="00D04E49">
+    <w:p w14:paraId="733FDE11" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547" w:rsidP="00D04E49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38EABA90" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0" w:rsidP="00D04E49">
+    <w:p w14:paraId="038EF0AF" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547" w:rsidP="00D04E49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="535BB74A" w14:textId="77777777" w:rsidR="00C933C0" w:rsidRDefault="00C933C0">
+    <w:p w14:paraId="20725CEA" w14:textId="77777777" w:rsidR="008A4547" w:rsidRDefault="008A4547">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01B51D54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0782777E"/>
     <w:lvl w:ilvl="0" w:tplc="AFA4B7DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="003EB0"/>
@@ -6121,51 +6113,51 @@
   </w:num>
   <w:num w:numId="31" w16cid:durableId="22556901">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="45225207">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="43994020">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="111435620">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1209608882">
     <w:abstractNumId w:val="30"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -6178,57 +6170,59 @@
     <w:rsid w:val="000317D2"/>
     <w:rsid w:val="00032E43"/>
     <w:rsid w:val="00036E2A"/>
     <w:rsid w:val="00044820"/>
     <w:rsid w:val="000473E6"/>
     <w:rsid w:val="000507CA"/>
     <w:rsid w:val="00052EE8"/>
     <w:rsid w:val="00053FA6"/>
     <w:rsid w:val="00065B86"/>
     <w:rsid w:val="000822D3"/>
     <w:rsid w:val="00083CE7"/>
     <w:rsid w:val="0008545C"/>
     <w:rsid w:val="000A4CCE"/>
     <w:rsid w:val="000B1D8E"/>
     <w:rsid w:val="000B5A6D"/>
     <w:rsid w:val="000B7DF6"/>
     <w:rsid w:val="000D6861"/>
     <w:rsid w:val="000D7EE8"/>
     <w:rsid w:val="000F1590"/>
     <w:rsid w:val="000F2E18"/>
     <w:rsid w:val="000F4C81"/>
     <w:rsid w:val="00100757"/>
     <w:rsid w:val="001023EF"/>
     <w:rsid w:val="0010700E"/>
     <w:rsid w:val="00123824"/>
+    <w:rsid w:val="0013180E"/>
     <w:rsid w:val="00133761"/>
     <w:rsid w:val="00137088"/>
     <w:rsid w:val="00144F4C"/>
     <w:rsid w:val="0015083D"/>
     <w:rsid w:val="00150CE2"/>
     <w:rsid w:val="0016166D"/>
     <w:rsid w:val="00161976"/>
+    <w:rsid w:val="00162260"/>
     <w:rsid w:val="00173853"/>
     <w:rsid w:val="00175402"/>
     <w:rsid w:val="00182947"/>
     <w:rsid w:val="001B36BD"/>
     <w:rsid w:val="001B59C3"/>
     <w:rsid w:val="001C0601"/>
     <w:rsid w:val="001C24B7"/>
     <w:rsid w:val="001E412E"/>
     <w:rsid w:val="001E536F"/>
     <w:rsid w:val="001E5FD8"/>
     <w:rsid w:val="00200435"/>
     <w:rsid w:val="0020243C"/>
     <w:rsid w:val="00206CA0"/>
     <w:rsid w:val="002077F6"/>
     <w:rsid w:val="00211576"/>
     <w:rsid w:val="00212642"/>
     <w:rsid w:val="002127F1"/>
     <w:rsid w:val="00215414"/>
     <w:rsid w:val="00220FF8"/>
     <w:rsid w:val="00234526"/>
     <w:rsid w:val="00246602"/>
     <w:rsid w:val="002964AC"/>
     <w:rsid w:val="002A038B"/>
     <w:rsid w:val="002A0AE5"/>
     <w:rsid w:val="002A3385"/>
@@ -6334,50 +6328,51 @@
     <w:rsid w:val="00761981"/>
     <w:rsid w:val="0076467A"/>
     <w:rsid w:val="00765148"/>
     <w:rsid w:val="00777A26"/>
     <w:rsid w:val="00780708"/>
     <w:rsid w:val="00787F6F"/>
     <w:rsid w:val="00791931"/>
     <w:rsid w:val="0079530A"/>
     <w:rsid w:val="007968EB"/>
     <w:rsid w:val="007C2633"/>
     <w:rsid w:val="007C4424"/>
     <w:rsid w:val="007C6216"/>
     <w:rsid w:val="007D47F0"/>
     <w:rsid w:val="007D515B"/>
     <w:rsid w:val="007F2EA7"/>
     <w:rsid w:val="00802CEE"/>
     <w:rsid w:val="008240A0"/>
     <w:rsid w:val="0083134E"/>
     <w:rsid w:val="008561E5"/>
     <w:rsid w:val="0086579C"/>
     <w:rsid w:val="00867F9B"/>
     <w:rsid w:val="00880C89"/>
     <w:rsid w:val="00890854"/>
     <w:rsid w:val="0089295C"/>
     <w:rsid w:val="008954A2"/>
+    <w:rsid w:val="008A4547"/>
     <w:rsid w:val="008B2982"/>
     <w:rsid w:val="008D5A59"/>
     <w:rsid w:val="0092322D"/>
     <w:rsid w:val="00942901"/>
     <w:rsid w:val="009440C0"/>
     <w:rsid w:val="0095114C"/>
     <w:rsid w:val="009548A2"/>
     <w:rsid w:val="009570B3"/>
     <w:rsid w:val="00961202"/>
     <w:rsid w:val="00971441"/>
     <w:rsid w:val="00971C74"/>
     <w:rsid w:val="00975CD5"/>
     <w:rsid w:val="009873D2"/>
     <w:rsid w:val="00992BA6"/>
     <w:rsid w:val="009A228C"/>
     <w:rsid w:val="009A431B"/>
     <w:rsid w:val="009A51E1"/>
     <w:rsid w:val="009A748F"/>
     <w:rsid w:val="009B5E2B"/>
     <w:rsid w:val="009C33E5"/>
     <w:rsid w:val="009D771F"/>
     <w:rsid w:val="009E141E"/>
     <w:rsid w:val="009E4B1A"/>
     <w:rsid w:val="009E7D53"/>
     <w:rsid w:val="00A11343"/>
@@ -8558,50 +8553,89 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="75997044-e0bf-412f-b8cb-af7dfb1b8eab">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c1e91e9f-4f5e-4e15-912a-87ce72847b50" xsi:nil="true"/>
+    <SharedWithUsers xmlns="c1e91e9f-4f5e-4e15-912a-87ce72847b50">
+      <UserInfo>
+        <DisplayName>Asha Abdillahi</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>John Jones (he/him)</DisplayName>
+        <AccountId>21</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cass Grimes (she/her)</DisplayName>
+        <AccountId>849</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jon Sacker</DisplayName>
+        <AccountId>4623</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BF59CBE599AC8E40A3F3235BBD8A56E7" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7b5b6fc6ac3e674ce8ee89480c114499">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="75997044-e0bf-412f-b8cb-af7dfb1b8eab" xmlns:ns3="c1e91e9f-4f5e-4e15-912a-87ce72847b50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c2b5c5f0cb978222e64224ee9ab5c213" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="75997044-e0bf-412f-b8cb-af7dfb1b8eab"/>
     <xsd:import namespace="c1e91e9f-4f5e-4e15-912a-87ce72847b50"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
@@ -8835,160 +8869,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33DD2B77-6C5D-4180-AED7-DF94668A1CC1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE223CBD-C730-4955-A218-4F19F1A45CCA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="75997044-e0bf-412f-b8cb-af7dfb1b8eab"/>
+    <ds:schemaRef ds:uri="c1e91e9f-4f5e-4e15-912a-87ce72847b50"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{250705AD-E643-47FB-A2FB-3698FE701801}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE223CBD-C730-4955-A218-4F19F1A45CCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33DD2B77-6C5D-4180-AED7-DF94668A1CC1}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="75997044-e0bf-412f-b8cb-af7dfb1b8eab"/>
     <ds:schemaRef ds:uri="c1e91e9f-4f5e-4e15-912a-87ce72847b50"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{896B20A5-C7E4-4B61-A450-8F69F6FD9ED5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Minutes</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>321</Words>
-  <Characters>1834</Characters>
+  <Characters>1835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Greencorn LTD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2151</CharactersWithSpaces>
+  <CharactersWithSpaces>2152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2687066</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:johnjones@ics.ac.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>